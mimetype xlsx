--- v0 (2025-10-27)
+++ v1 (2026-01-01)
@@ -9,80 +9,80 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Gender representation report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7130437E-64A7-4DEE-A43C-00D9366D0A52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{78AAAC2B-1A5B-4BD8-B064-3E93938F6681}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-45" windowWidth="29040" windowHeight="15840" xr2:uid="{1B372B33-262A-4354-ABAA-DF12212D22B0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="2" activeTab="2" xr2:uid="{1B372B33-262A-4354-ABAA-DF12212D22B0}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="1. Group Gender Data" sheetId="7" r:id="rId2"/>
     <sheet name="2.Sector &amp; Division Gender Data" sheetId="1" r:id="rId3"/>
     <sheet name="3. Business Survey " sheetId="8" r:id="rId4"/>
     <sheet name="4. Confidentiality Agreement " sheetId="11" r:id="rId5"/>
     <sheet name="Formulas" sheetId="6" state="hidden" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="123">
   <si>
     <t>CEO Level</t>
   </si>
   <si>
     <t>Board Level Directors</t>
   </si>
   <si>
     <t xml:space="preserve">Middle Manager Level </t>
   </si>
   <si>
     <t>First Line Manager Level</t>
   </si>
   <si>
     <t xml:space="preserve">Skilled Level </t>
   </si>
   <si>
     <t xml:space="preserve">Total employee by gender </t>
   </si>
   <si>
     <t xml:space="preserve">Number of employees identifying as women at this level </t>
   </si>
   <si>
     <t xml:space="preserve">Number of employees identifying as men at this level </t>
   </si>
   <si>
@@ -190,101 +190,86 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">J. Recruitment Training: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>All hiring managers receive inclusive recruitment training.</t>
     </r>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
-    <t>Meat</t>
-[...1 lines deleted...]
-  <si>
     <t>Seafood</t>
   </si>
   <si>
-    <t>Dairy</t>
-[...1 lines deleted...]
-  <si>
     <t>Ready Meals / Food to Go</t>
   </si>
   <si>
-    <t>Produce</t>
-[...4 lines deleted...]
-  <si>
     <t>Food Ingredients (e.g. flavouring)</t>
   </si>
   <si>
     <t>Organisation Division 7</t>
   </si>
   <si>
     <t>Organisation Division 8</t>
   </si>
   <si>
     <t>Organisation Division 9</t>
   </si>
   <si>
     <t>Organisation Division 10</t>
   </si>
   <si>
     <t>Organisation Division 11</t>
   </si>
   <si>
     <t>Main Food Sector (by volume)</t>
   </si>
   <si>
     <t>Organisation Division 12</t>
   </si>
   <si>
     <t>Organisation Division 13</t>
   </si>
   <si>
     <t>Organisation Division 14</t>
   </si>
   <si>
-    <t>Also Seafood</t>
-[...1 lines deleted...]
-  <si>
     <t>Group Level</t>
   </si>
   <si>
     <t>A. My organisation does not currently collect gender data across the workforce.</t>
   </si>
   <si>
     <t>B. My organisation collects basic employee data that includes gender and meets statutory gender-based reporting requirements (e.g., equal pay reporting).</t>
   </si>
   <si>
     <t>C. My organisation goes beyond statutory data collection requirements and has begun linking gender data with other workforce data (e.g. recruitment data) to provide a better understanding of women’s working experiences.</t>
   </si>
   <si>
     <t>D. My organisation collects sophisticated employee data that actively informs action at each stage of the employment lifecycle. We also conduct intersectional analysis to examine how gender intersects with other factors (e.g., age, disability status) to identify disparities and develop targeted action plans.</t>
   </si>
   <si>
     <t xml:space="preserve">Entry Level </t>
   </si>
   <si>
     <t>Food Business Charter - Gender Representation Report 2026</t>
   </si>
   <si>
     <t>Total number of employees (globally)</t>
   </si>
   <si>
     <t>In which food sectors does your organisation operate? If more than one, please indicate all that apply, complete the overall group data in the table below, and provide sector/division details on Sheet 3.</t>
@@ -1232,50 +1217,74 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>– we regularly review language used, skills required, to ensure that job advertisements are more inclusive.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Total employees by gender </t>
   </si>
   <si>
     <t>Please provide your organisation's details and populate the green boxes</t>
   </si>
   <si>
     <t>In which country or countries does your organisation operate? (add all as text) If more than one, please complete the overall group data in the  table below, and provide division-level data on Sheet 3.</t>
   </si>
   <si>
     <t>Unskilled (Entry Level)</t>
   </si>
   <si>
     <t>2. Employee Data - Division Level</t>
+  </si>
+  <si>
+    <t>Company logo request - would you be happy for your company logo to appear in the report</t>
+  </si>
+  <si>
+    <t>Meat and Poultry</t>
+  </si>
+  <si>
+    <t>Dairy or Eggs</t>
+  </si>
+  <si>
+    <t>Bakery &amp; Baked goods</t>
+  </si>
+  <si>
+    <t>Snacks &amp; confectionery</t>
+  </si>
+  <si>
+    <t>Canned &amp; preserved foods</t>
+  </si>
+  <si>
+    <t>Produce (e.g. salad, fruit, veg)</t>
+  </si>
+  <si>
+    <t>Other</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1307,51 +1316,51 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -1546,55 +1555,92 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="63">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
@@ -1681,50 +1727,55 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
@@ -2279,94 +2330,125 @@
             </a:lnSpc>
             <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
             <a:buChar char=""/>
             <a:tabLst>
               <a:tab pos="228600" algn="l"/>
             </a:tabLst>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Password-protect the spreadsheet.</a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1200" kern="100">
             <a:effectLst/>
             <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
-          <a:pPr marL="342900" lvl="0" indent="-342900">
+          <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="106000"/>
             </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
             <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
             <a:buChar char=""/>
             <a:tabLst>
               <a:tab pos="228600" algn="l"/>
             </a:tabLst>
+            <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Email the spreadsheet to </a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="en-GB" sz="1100" u="sng" kern="100">
-[...3 lines deleted...]
-                </a:schemeClr>
+            <a:rPr lang="en-GB" sz="1100" u="sng">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+              <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id=""/>
+            </a:rPr>
+            <a:t>hannah@niteodevelopment.co.uk</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="100">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>fiona@niteodevelopment.co.uk</a:t>
-[...2 lines deleted...]
-            <a:rPr lang="en-GB" sz="1100" kern="100">
+            <a:t> Hannah</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="100" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
-            <a:t>. Fiona Smith, our independent researcher, will treat all data confidentially (see below).</a:t>
+            <a:t> Matthams</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="100">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>, our independent researcher, will treat all data confidentially (see below).</a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1200" kern="100">
             <a:effectLst/>
             <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr marL="342900" lvl="0" indent="-342900">
             <a:lnSpc>
               <a:spcPct val="106000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buFont typeface="Symbol" pitchFamily="2" charset="2"/>
             <a:buChar char=""/>
             <a:tabLst>
               <a:tab pos="228600" algn="l"/>
             </a:tabLst>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
@@ -2768,50 +2850,61 @@
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>Global/Europe/UK queries: email </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" u="sng" kern="100">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>info@meatbusinesswomen.org</a:t>
           </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="100">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t> or call Laura on +44 7966 598686</a:t>
+          </a:r>
           <a:endParaRPr lang="en-GB" sz="1200" kern="100">
             <a:effectLst/>
             <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="115000"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="800"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
@@ -2820,50 +2913,61 @@
           <a:r>
             <a:rPr lang="en-GB" sz="1100" u="sng" kern="100">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t>info@meatbusinesswomen.com.au</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" kern="100">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:rPr>
             <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="100">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:rPr>
+            <a:t>or call Stacey on +61 409 188 137</a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1200" kern="100">
             <a:effectLst/>
             <a:ea typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
@@ -5063,159 +5167,159 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1C1680F-32E0-415D-988D-78DA0797BA11}">
   <dimension ref="A1:H22"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="C50" sqref="C50"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="C47" sqref="C47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.44140625" customWidth="1"/>
     <col min="2" max="2" width="30.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.44140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="30.44140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.35">
-      <c r="A1" s="58" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="58"/>
+      <c r="A1" s="61" t="s">
+        <v>48</v>
+      </c>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
     </row>
     <row r="18" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="22" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B2B5C59-162A-44D8-81A8-5C0052AD4570}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A42" sqref="A42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="113.44140625" customWidth="1"/>
     <col min="2" max="2" width="40.44140625" style="1" customWidth="1"/>
     <col min="3" max="4" width="40.44140625" customWidth="1"/>
     <col min="5" max="5" width="23.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="15.9" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B3" s="37"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="34" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="34" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B5" s="6"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="34" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="34" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="6"/>
     </row>
     <row r="8" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B8" s="35"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="59" t="s">
-        <v>55</v>
+      <c r="A9" s="62" t="s">
+        <v>50</v>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A10" s="59"/>
+      <c r="A10" s="62"/>
     </row>
     <row r="11" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="14"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="24"/>
       <c r="C13" s="2"/>
       <c r="D13" s="1"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A14" s="17"/>
       <c r="B14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="16"/>
     </row>
@@ -5253,136 +5357,136 @@
       <c r="B18" s="7"/>
       <c r="C18" s="8"/>
       <c r="D18" s="9"/>
       <c r="E18" s="16"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="8"/>
       <c r="D19" s="9"/>
       <c r="E19" s="16"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="8"/>
       <c r="D20" s="9"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="18" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="8"/>
       <c r="D21" s="9"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="36" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="10"/>
       <c r="D22" s="6"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="19"/>
       <c r="B23" s="20"/>
       <c r="C23" s="21"/>
       <c r="D23" s="20"/>
       <c r="E23" s="22"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="C24" s="2"/>
       <c r="D24" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:A10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{70CC61EF-3946-4F78-84C1-A44D84E59287}">
           <x14:formula1>
-            <xm:f>Formulas!$B$2:$B$8</xm:f>
+            <xm:f>Formulas!$B$2:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>B9:E9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{659AC603-B572-4AD2-BA1D-770B10D73BED}">
   <dimension ref="A1:E198"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="A13" sqref="A13"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="63" customWidth="1"/>
     <col min="2" max="2" width="40.44140625" style="1" customWidth="1"/>
     <col min="3" max="4" width="40.44140625" customWidth="1"/>
     <col min="5" max="5" width="23.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="38" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="12"/>
       <c r="D5" s="13"/>
       <c r="E5" s="14"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="24"/>
       <c r="B6" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="1"/>
       <c r="E6" s="16"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="24"/>
       <c r="B7" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="1"/>
       <c r="E7" s="16"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="15"/>
       <c r="C8" s="2"/>
       <c r="D8" s="1"/>
       <c r="E8" s="16"/>
     </row>
     <row r="9" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A9" s="17"/>
       <c r="B9" s="4" t="s">
         <v>6</v>
       </c>
@@ -5410,93 +5514,93 @@
       <c r="B11" s="7"/>
       <c r="C11" s="8"/>
       <c r="D11" s="9"/>
       <c r="E11" s="16"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="8"/>
       <c r="D12" s="9"/>
       <c r="E12" s="16"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="8"/>
       <c r="D13" s="9"/>
       <c r="E13" s="16"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="8"/>
       <c r="D14" s="9"/>
       <c r="E14" s="16"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B15" s="6"/>
       <c r="C15" s="10"/>
       <c r="D15" s="6"/>
       <c r="E15" s="16"/>
     </row>
     <row r="16" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="19"/>
       <c r="B16" s="20"/>
       <c r="C16" s="21"/>
       <c r="D16" s="20"/>
       <c r="E16" s="22"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="C17" s="2"/>
       <c r="D17" s="1"/>
     </row>
     <row r="18" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="12"/>
       <c r="D19" s="13"/>
       <c r="E19" s="14"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="24"/>
       <c r="B20" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="1"/>
       <c r="E20" s="16"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="24"/>
       <c r="B21" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="1"/>
       <c r="E21" s="16"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="15"/>
       <c r="C22" s="2"/>
       <c r="D22" s="1"/>
       <c r="E22" s="16"/>
     </row>
     <row r="23" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A23" s="17"/>
       <c r="B23" s="4" t="s">
         <v>6</v>
       </c>
@@ -5524,89 +5628,89 @@
       <c r="B25" s="7"/>
       <c r="C25" s="8"/>
       <c r="D25" s="9"/>
       <c r="E25" s="16"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="8"/>
       <c r="D26" s="9"/>
       <c r="E26" s="16"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="8"/>
       <c r="D27" s="9"/>
       <c r="E27" s="16"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="8"/>
       <c r="D28" s="9"/>
       <c r="E28" s="16"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="10"/>
       <c r="D29" s="6"/>
       <c r="E29" s="16"/>
     </row>
     <row r="30" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="19"/>
       <c r="B30" s="20"/>
       <c r="C30" s="21"/>
       <c r="D30" s="20"/>
       <c r="E30" s="22"/>
     </row>
     <row r="32" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="33" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A33" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="12"/>
       <c r="D33" s="13"/>
       <c r="E33" s="14"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A34" s="24"/>
       <c r="B34" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="1"/>
       <c r="E34" s="16"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A35" s="24"/>
       <c r="B35" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="1"/>
       <c r="E35" s="16"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A36" s="15"/>
       <c r="C36" s="2"/>
       <c r="D36" s="1"/>
       <c r="E36" s="16"/>
     </row>
     <row r="37" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A37" s="17"/>
       <c r="B37" s="4" t="s">
         <v>6</v>
       </c>
@@ -5634,89 +5738,89 @@
       <c r="B39" s="7"/>
       <c r="C39" s="8"/>
       <c r="D39" s="9"/>
       <c r="E39" s="16"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="8"/>
       <c r="D40" s="9"/>
       <c r="E40" s="16"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="8"/>
       <c r="D41" s="9"/>
       <c r="E41" s="16"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="8"/>
       <c r="D42" s="9"/>
       <c r="E42" s="16"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B43" s="6"/>
       <c r="C43" s="10"/>
       <c r="D43" s="6"/>
       <c r="E43" s="16"/>
     </row>
     <row r="44" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="19"/>
       <c r="B44" s="20"/>
       <c r="C44" s="21"/>
       <c r="D44" s="20"/>
       <c r="E44" s="22"/>
     </row>
     <row r="46" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="13"/>
       <c r="E47" s="14"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="24"/>
       <c r="B48" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="1"/>
       <c r="E48" s="16"/>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="24"/>
       <c r="B49" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="1"/>
       <c r="E49" s="16"/>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="15"/>
       <c r="C50" s="2"/>
       <c r="D50" s="1"/>
       <c r="E50" s="16"/>
     </row>
     <row r="51" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A51" s="17"/>
       <c r="B51" s="4" t="s">
         <v>6</v>
       </c>
@@ -5744,89 +5848,89 @@
       <c r="B53" s="7"/>
       <c r="C53" s="8"/>
       <c r="D53" s="9"/>
       <c r="E53" s="16"/>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B54" s="7"/>
       <c r="C54" s="8"/>
       <c r="D54" s="9"/>
       <c r="E54" s="16"/>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A55" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B55" s="7"/>
       <c r="C55" s="8"/>
       <c r="D55" s="9"/>
       <c r="E55" s="16"/>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A56" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B56" s="7"/>
       <c r="C56" s="8"/>
       <c r="D56" s="9"/>
       <c r="E56" s="16"/>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A57" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B57" s="6"/>
       <c r="C57" s="10"/>
       <c r="D57" s="6"/>
       <c r="E57" s="16"/>
     </row>
     <row r="58" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="19"/>
       <c r="B58" s="20"/>
       <c r="C58" s="21"/>
       <c r="D58" s="20"/>
       <c r="E58" s="22"/>
     </row>
     <row r="60" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="61" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A61" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B61" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="12"/>
       <c r="D61" s="13"/>
       <c r="E61" s="14"/>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="24"/>
       <c r="B62" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="1"/>
       <c r="E62" s="16"/>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="24"/>
       <c r="B63" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="1"/>
       <c r="E63" s="16"/>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="15"/>
       <c r="C64" s="2"/>
       <c r="D64" s="1"/>
       <c r="E64" s="16"/>
     </row>
     <row r="65" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A65" s="17"/>
       <c r="B65" s="4" t="s">
         <v>6</v>
       </c>
@@ -5854,89 +5958,89 @@
       <c r="B67" s="7"/>
       <c r="C67" s="8"/>
       <c r="D67" s="9"/>
       <c r="E67" s="16"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B68" s="7"/>
       <c r="C68" s="8"/>
       <c r="D68" s="9"/>
       <c r="E68" s="16"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="8"/>
       <c r="D69" s="9"/>
       <c r="E69" s="16"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B70" s="7"/>
       <c r="C70" s="8"/>
       <c r="D70" s="9"/>
       <c r="E70" s="16"/>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B71" s="6"/>
       <c r="C71" s="10"/>
       <c r="D71" s="6"/>
       <c r="E71" s="16"/>
     </row>
     <row r="72" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="19"/>
       <c r="B72" s="20"/>
       <c r="C72" s="21"/>
       <c r="D72" s="20"/>
       <c r="E72" s="22"/>
     </row>
     <row r="74" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="75" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A75" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B75" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="12"/>
       <c r="D75" s="13"/>
       <c r="E75" s="14"/>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A76" s="24"/>
       <c r="B76" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="1"/>
       <c r="E76" s="16"/>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A77" s="24"/>
       <c r="B77" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="1"/>
       <c r="E77" s="16"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A78" s="15"/>
       <c r="C78" s="2"/>
       <c r="D78" s="1"/>
       <c r="E78" s="16"/>
     </row>
     <row r="79" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A79" s="17"/>
       <c r="B79" s="4" t="s">
         <v>6</v>
       </c>
@@ -5964,89 +6068,89 @@
       <c r="B81" s="7"/>
       <c r="C81" s="8"/>
       <c r="D81" s="9"/>
       <c r="E81" s="16"/>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A82" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B82" s="7"/>
       <c r="C82" s="8"/>
       <c r="D82" s="9"/>
       <c r="E82" s="16"/>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A83" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B83" s="7"/>
       <c r="C83" s="8"/>
       <c r="D83" s="9"/>
       <c r="E83" s="16"/>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A84" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B84" s="7"/>
       <c r="C84" s="8"/>
       <c r="D84" s="9"/>
       <c r="E84" s="16"/>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A85" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B85" s="6"/>
       <c r="C85" s="10"/>
       <c r="D85" s="6"/>
       <c r="E85" s="16"/>
     </row>
     <row r="86" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="19"/>
       <c r="B86" s="20"/>
       <c r="C86" s="21"/>
       <c r="D86" s="20"/>
       <c r="E86" s="22"/>
     </row>
     <row r="88" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="89" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A89" s="11" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B89" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="12"/>
       <c r="D89" s="13"/>
       <c r="E89" s="14"/>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A90" s="24"/>
       <c r="B90" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="1"/>
       <c r="E90" s="16"/>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A91" s="24"/>
       <c r="B91" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="1"/>
       <c r="E91" s="16"/>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A92" s="15"/>
       <c r="C92" s="2"/>
       <c r="D92" s="1"/>
       <c r="E92" s="16"/>
     </row>
     <row r="93" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A93" s="17"/>
       <c r="B93" s="4" t="s">
         <v>6</v>
       </c>
@@ -6074,89 +6178,89 @@
       <c r="B95" s="7"/>
       <c r="C95" s="8"/>
       <c r="D95" s="9"/>
       <c r="E95" s="16"/>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A96" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B96" s="7"/>
       <c r="C96" s="8"/>
       <c r="D96" s="9"/>
       <c r="E96" s="16"/>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A97" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B97" s="7"/>
       <c r="C97" s="8"/>
       <c r="D97" s="9"/>
       <c r="E97" s="16"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A98" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B98" s="7"/>
       <c r="C98" s="8"/>
       <c r="D98" s="9"/>
       <c r="E98" s="16"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A99" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B99" s="6"/>
       <c r="C99" s="10"/>
       <c r="D99" s="6"/>
       <c r="E99" s="16"/>
     </row>
     <row r="100" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="19"/>
       <c r="B100" s="20"/>
       <c r="C100" s="21"/>
       <c r="D100" s="20"/>
       <c r="E100" s="22"/>
     </row>
     <row r="102" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="103" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A103" s="11" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B103" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="12"/>
       <c r="D103" s="13"/>
       <c r="E103" s="14"/>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A104" s="24"/>
       <c r="B104" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="1"/>
       <c r="E104" s="16"/>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A105" s="24"/>
       <c r="B105" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="1"/>
       <c r="E105" s="16"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A106" s="15"/>
       <c r="C106" s="2"/>
       <c r="D106" s="1"/>
       <c r="E106" s="16"/>
     </row>
     <row r="107" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A107" s="17"/>
       <c r="B107" s="4" t="s">
         <v>6</v>
       </c>
@@ -6184,89 +6288,89 @@
       <c r="B109" s="7"/>
       <c r="C109" s="8"/>
       <c r="D109" s="9"/>
       <c r="E109" s="16"/>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A110" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B110" s="7"/>
       <c r="C110" s="8"/>
       <c r="D110" s="9"/>
       <c r="E110" s="16"/>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A111" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B111" s="7"/>
       <c r="C111" s="8"/>
       <c r="D111" s="9"/>
       <c r="E111" s="16"/>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A112" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B112" s="7"/>
       <c r="C112" s="8"/>
       <c r="D112" s="9"/>
       <c r="E112" s="16"/>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A113" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B113" s="6"/>
       <c r="C113" s="10"/>
       <c r="D113" s="6"/>
       <c r="E113" s="16"/>
     </row>
     <row r="114" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A114" s="19"/>
       <c r="B114" s="20"/>
       <c r="C114" s="21"/>
       <c r="D114" s="20"/>
       <c r="E114" s="22"/>
     </row>
     <row r="116" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="11" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B117" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="12"/>
       <c r="D117" s="13"/>
       <c r="E117" s="14"/>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="24"/>
       <c r="B118" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C118" s="6"/>
       <c r="D118" s="1"/>
       <c r="E118" s="16"/>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="24"/>
       <c r="B119" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C119" s="6"/>
       <c r="D119" s="1"/>
       <c r="E119" s="16"/>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="15"/>
       <c r="C120" s="2"/>
       <c r="D120" s="1"/>
       <c r="E120" s="16"/>
     </row>
     <row r="121" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A121" s="17"/>
       <c r="B121" s="4" t="s">
         <v>6</v>
       </c>
@@ -6294,89 +6398,89 @@
       <c r="B123" s="7"/>
       <c r="C123" s="8"/>
       <c r="D123" s="9"/>
       <c r="E123" s="16"/>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B124" s="7"/>
       <c r="C124" s="8"/>
       <c r="D124" s="9"/>
       <c r="E124" s="16"/>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B125" s="7"/>
       <c r="C125" s="8"/>
       <c r="D125" s="9"/>
       <c r="E125" s="16"/>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B126" s="7"/>
       <c r="C126" s="8"/>
       <c r="D126" s="9"/>
       <c r="E126" s="16"/>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B127" s="6"/>
       <c r="C127" s="10"/>
       <c r="D127" s="6"/>
       <c r="E127" s="16"/>
     </row>
     <row r="128" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="19"/>
       <c r="B128" s="20"/>
       <c r="C128" s="21"/>
       <c r="D128" s="20"/>
       <c r="E128" s="22"/>
     </row>
     <row r="130" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="11" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B131" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="12"/>
       <c r="D131" s="13"/>
       <c r="E131" s="14"/>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="24"/>
       <c r="B132" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C132" s="6"/>
       <c r="D132" s="1"/>
       <c r="E132" s="16"/>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="24"/>
       <c r="B133" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C133" s="6"/>
       <c r="D133" s="1"/>
       <c r="E133" s="16"/>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="15"/>
       <c r="C134" s="2"/>
       <c r="D134" s="1"/>
       <c r="E134" s="16"/>
     </row>
     <row r="135" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A135" s="17"/>
       <c r="B135" s="4" t="s">
         <v>6</v>
       </c>
@@ -6404,89 +6508,89 @@
       <c r="B137" s="7"/>
       <c r="C137" s="8"/>
       <c r="D137" s="9"/>
       <c r="E137" s="16"/>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A138" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B138" s="7"/>
       <c r="C138" s="8"/>
       <c r="D138" s="9"/>
       <c r="E138" s="16"/>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A139" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B139" s="7"/>
       <c r="C139" s="8"/>
       <c r="D139" s="9"/>
       <c r="E139" s="16"/>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B140" s="7"/>
       <c r="C140" s="8"/>
       <c r="D140" s="9"/>
       <c r="E140" s="16"/>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B141" s="6"/>
       <c r="C141" s="10"/>
       <c r="D141" s="6"/>
       <c r="E141" s="16"/>
     </row>
     <row r="142" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A142" s="19"/>
       <c r="B142" s="20"/>
       <c r="C142" s="21"/>
       <c r="D142" s="20"/>
       <c r="E142" s="22"/>
     </row>
     <row r="144" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="11" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B145" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="12"/>
       <c r="D145" s="13"/>
       <c r="E145" s="14"/>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A146" s="24"/>
       <c r="B146" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C146" s="6"/>
       <c r="D146" s="1"/>
       <c r="E146" s="16"/>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="24"/>
       <c r="B147" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C147" s="6"/>
       <c r="D147" s="1"/>
       <c r="E147" s="16"/>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="15"/>
       <c r="C148" s="2"/>
       <c r="D148" s="1"/>
       <c r="E148" s="16"/>
     </row>
     <row r="149" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A149" s="17"/>
       <c r="B149" s="4" t="s">
         <v>6</v>
       </c>
@@ -6514,89 +6618,89 @@
       <c r="B151" s="7"/>
       <c r="C151" s="8"/>
       <c r="D151" s="9"/>
       <c r="E151" s="16"/>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B152" s="7"/>
       <c r="C152" s="8"/>
       <c r="D152" s="9"/>
       <c r="E152" s="16"/>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B153" s="7"/>
       <c r="C153" s="8"/>
       <c r="D153" s="9"/>
       <c r="E153" s="16"/>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B154" s="7"/>
       <c r="C154" s="8"/>
       <c r="D154" s="9"/>
       <c r="E154" s="16"/>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B155" s="6"/>
       <c r="C155" s="10"/>
       <c r="D155" s="6"/>
       <c r="E155" s="16"/>
     </row>
     <row r="156" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A156" s="19"/>
       <c r="B156" s="20"/>
       <c r="C156" s="21"/>
       <c r="D156" s="20"/>
       <c r="E156" s="22"/>
     </row>
     <row r="158" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="11" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B159" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="12"/>
       <c r="D159" s="13"/>
       <c r="E159" s="14"/>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A160" s="24"/>
       <c r="B160" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C160" s="6"/>
       <c r="D160" s="1"/>
       <c r="E160" s="16"/>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A161" s="24"/>
       <c r="B161" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C161" s="6"/>
       <c r="D161" s="1"/>
       <c r="E161" s="16"/>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A162" s="15"/>
       <c r="C162" s="2"/>
       <c r="D162" s="1"/>
       <c r="E162" s="16"/>
     </row>
     <row r="163" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A163" s="17"/>
       <c r="B163" s="4" t="s">
         <v>6</v>
       </c>
@@ -6624,89 +6728,89 @@
       <c r="B165" s="7"/>
       <c r="C165" s="8"/>
       <c r="D165" s="9"/>
       <c r="E165" s="16"/>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A166" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B166" s="7"/>
       <c r="C166" s="8"/>
       <c r="D166" s="9"/>
       <c r="E166" s="16"/>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A167" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B167" s="7"/>
       <c r="C167" s="8"/>
       <c r="D167" s="9"/>
       <c r="E167" s="16"/>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A168" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B168" s="7"/>
       <c r="C168" s="8"/>
       <c r="D168" s="9"/>
       <c r="E168" s="16"/>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A169" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B169" s="6"/>
       <c r="C169" s="10"/>
       <c r="D169" s="6"/>
       <c r="E169" s="16"/>
     </row>
     <row r="170" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A170" s="19"/>
       <c r="B170" s="20"/>
       <c r="C170" s="21"/>
       <c r="D170" s="20"/>
       <c r="E170" s="22"/>
     </row>
     <row r="172" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="173" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A173" s="11" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B173" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="12"/>
       <c r="D173" s="13"/>
       <c r="E173" s="14"/>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A174" s="24"/>
       <c r="B174" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C174" s="6"/>
       <c r="D174" s="1"/>
       <c r="E174" s="16"/>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A175" s="24"/>
       <c r="B175" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C175" s="6"/>
       <c r="D175" s="1"/>
       <c r="E175" s="16"/>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A176" s="15"/>
       <c r="C176" s="2"/>
       <c r="D176" s="1"/>
       <c r="E176" s="16"/>
     </row>
     <row r="177" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A177" s="17"/>
       <c r="B177" s="4" t="s">
         <v>6</v>
       </c>
@@ -6734,94 +6838,92 @@
       <c r="B179" s="7"/>
       <c r="C179" s="8"/>
       <c r="D179" s="9"/>
       <c r="E179" s="16"/>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A180" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B180" s="7"/>
       <c r="C180" s="8"/>
       <c r="D180" s="9"/>
       <c r="E180" s="16"/>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A181" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B181" s="7"/>
       <c r="C181" s="8"/>
       <c r="D181" s="9"/>
       <c r="E181" s="16"/>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A182" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B182" s="7"/>
       <c r="C182" s="8"/>
       <c r="D182" s="9"/>
       <c r="E182" s="16"/>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A183" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B183" s="6"/>
       <c r="C183" s="10"/>
       <c r="D183" s="6"/>
       <c r="E183" s="16"/>
     </row>
     <row r="184" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A184" s="19"/>
       <c r="B184" s="20"/>
       <c r="C184" s="21"/>
       <c r="D184" s="20"/>
       <c r="E184" s="22"/>
     </row>
     <row r="186" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="187" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A187" s="11" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B187" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="12"/>
       <c r="D187" s="13"/>
       <c r="E187" s="14"/>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A188" s="24"/>
       <c r="B188" s="25" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C188" s="6"/>
-      <c r="D188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D188" s="1"/>
       <c r="E188" s="16"/>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A189" s="24"/>
       <c r="B189" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C189" s="6"/>
       <c r="D189" s="1"/>
       <c r="E189" s="16"/>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A190" s="15"/>
       <c r="C190" s="2"/>
       <c r="D190" s="1"/>
       <c r="E190" s="16"/>
     </row>
     <row r="191" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A191" s="17"/>
       <c r="B191" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>7</v>
       </c>
@@ -6846,568 +6948,576 @@
       <c r="B193" s="7"/>
       <c r="C193" s="8"/>
       <c r="D193" s="9"/>
       <c r="E193" s="16"/>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A194" s="18" t="s">
         <v>3</v>
       </c>
       <c r="B194" s="7"/>
       <c r="C194" s="8"/>
       <c r="D194" s="9"/>
       <c r="E194" s="16"/>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A195" s="18" t="s">
         <v>4</v>
       </c>
       <c r="B195" s="7"/>
       <c r="C195" s="8"/>
       <c r="D195" s="9"/>
       <c r="E195" s="16"/>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A196" s="18" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B196" s="7"/>
       <c r="C196" s="8"/>
       <c r="D196" s="9"/>
       <c r="E196" s="16"/>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A197" s="36" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B197" s="6"/>
       <c r="C197" s="10"/>
       <c r="D197" s="6"/>
       <c r="E197" s="16"/>
     </row>
     <row r="198" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A198" s="19"/>
       <c r="B198" s="20"/>
       <c r="C198" s="21"/>
       <c r="D198" s="20"/>
       <c r="E198" s="22"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DD36433F-DCBA-476A-9E80-F17A8836379D}">
           <x14:formula1>
-            <xm:f>Formulas!$B$2:$B$8</xm:f>
+            <xm:f>Formulas!$B$2:$B$11</xm:f>
           </x14:formula1>
-          <xm:sqref>C6 C20 C34 C48 C76 C90 C104 C118 C132 C146 C62 C160 C174 C188</xm:sqref>
+          <xm:sqref>C20 C6 C34 C48 C76 C90 C104 C118 C132 C146 C62 C160 C174 C188</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{077619BE-971B-482C-9CBD-30F3DD6D18D1}">
-  <dimension ref="A6:C80"/>
+  <dimension ref="A6:C82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B63" sqref="B63"/>
+      <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="127.109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A6" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="49" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="49" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
     <row r="8" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A8" s="50" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B8" s="51"/>
       <c r="C8" s="51"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A10" s="54" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="72" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="55" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A12" s="54" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="55" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A14" s="54" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="55" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A16" s="54" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="71.400000000000006" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="55" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A18" s="1"/>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A19" s="32" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A20" s="30" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="C20" s="27"/>
     </row>
     <row r="21" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A21" s="30" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C21" s="27"/>
     </row>
     <row r="22" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A22" s="30" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C22" s="27"/>
     </row>
     <row r="23" spans="1:3" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A23" s="28" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B23" s="29"/>
       <c r="C23" s="31"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A24" s="1"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A25" s="32" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B25" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A26" s="39" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C26" s="40"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A27" s="39" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C27" s="40"/>
     </row>
     <row r="28" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="39" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C28" s="40"/>
     </row>
     <row r="29" spans="1:3" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="41" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B29" s="29"/>
       <c r="C29" s="56" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A30" s="1"/>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A31" s="32" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B31" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A32" s="26" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C32" s="27"/>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A33" s="26" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C33" s="27"/>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A34" s="26" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C34" s="27"/>
     </row>
     <row r="35" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A35" s="42" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B35" s="29"/>
       <c r="C35" s="57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A36" s="1"/>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A37" s="32" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B37" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C37" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="44" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C38" s="45"/>
     </row>
     <row r="39" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="44" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C39" s="45"/>
     </row>
     <row r="40" spans="1:3" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="44" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C40" s="45"/>
     </row>
     <row r="41" spans="1:3" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A41" s="42" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B41" s="29"/>
       <c r="C41" s="43"/>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A43" s="33" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B43" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="44" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C44" s="27"/>
     </row>
     <row r="45" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="44" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="C45" s="27"/>
     </row>
     <row r="46" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="46" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C46" s="27"/>
     </row>
     <row r="47" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="44" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C47" s="27"/>
     </row>
     <row r="48" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="44" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C48" s="27"/>
     </row>
     <row r="49" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="44" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="C49" s="27"/>
     </row>
     <row r="50" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="44" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C50" s="27"/>
     </row>
     <row r="51" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="44" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="C51" s="27"/>
     </row>
     <row r="52" spans="1:3" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="47" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B52" s="29"/>
       <c r="C52" s="31"/>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A54" s="32" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B54" s="52" t="s">
         <v>21</v>
       </c>
       <c r="C54" s="53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="55" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A55" s="46" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C55" s="45"/>
     </row>
     <row r="56" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A56" s="46" t="s">
         <v>25</v>
       </c>
       <c r="C56" s="45"/>
     </row>
     <row r="57" spans="1:3" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="46" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C57" s="45"/>
     </row>
     <row r="58" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A58" s="46" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C58" s="45"/>
     </row>
     <row r="59" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A59" s="46" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C59" s="45"/>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A60" s="46" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C60" s="45"/>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A61" s="46" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="45"/>
     </row>
     <row r="62" spans="1:3" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="46" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C62" s="45"/>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A63" s="46" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C63" s="45"/>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A64" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C64" s="45"/>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A65" s="46" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C65" s="45"/>
     </row>
     <row r="66" spans="1:3" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="46" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C66" s="45"/>
     </row>
     <row r="67" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A67" s="46" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C67" s="45"/>
     </row>
     <row r="68" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A68" s="46" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C68" s="45"/>
     </row>
     <row r="69" spans="1:3" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A69" s="46" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C69" s="45"/>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A70" s="46" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="C70" s="45"/>
     </row>
     <row r="71" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A71" s="46" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C71" s="45"/>
     </row>
     <row r="72" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A72" s="46" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C72" s="45"/>
     </row>
     <row r="73" spans="1:3" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A73" s="46" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C73" s="45"/>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A74" s="46" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C74" s="48" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A75" s="46" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C75" s="45"/>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A76" s="46" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C76" s="45"/>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A77" s="46" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C77" s="45"/>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A78" s="46" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="C78" s="45"/>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A79" s="46" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C79" s="45"/>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B80" s="29"/>
       <c r="C80" s="43"/>
+    </row>
+    <row r="81" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="82" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="58" t="s">
+        <v>115</v>
+      </c>
+      <c r="B82" s="59"/>
+      <c r="C82" s="60"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="cellIs" priority="4" operator="equal" id="{B47A8063-CA85-40EA-A0E6-BCFC34AD6A52}">
             <xm:f>Formulas!$A$4</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="0" tint="-0.24994659260841701"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="cellIs" priority="5" operator="equal" id="{DC7509DF-E2F8-4000-B772-5C2EC30E57C6}">
             <xm:f>Formulas!$A$3</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
@@ -7450,103 +7560,118 @@
       <selection activeCell="K19" sqref="K19:K20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.44140625" customWidth="1"/>
     <col min="2" max="2" width="30.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.44140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="30.44140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A1" s="5"/>
     </row>
     <row r="18" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="19" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="23" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AD62BF6-4CA3-4AAB-AFAF-EE8C1AD32C53}">
-  <dimension ref="A2:B8"/>
+  <dimension ref="A2:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B9" sqref="B9"/>
+      <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>32</v>
+        <v>117</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B5" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B6" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B7" t="s">
-        <v>35</v>
+        <v>119</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B8" t="s">
-        <v>36</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B9" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B10" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="B11" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>