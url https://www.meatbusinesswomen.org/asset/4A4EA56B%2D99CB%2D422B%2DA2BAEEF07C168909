--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -9,80 +9,80 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Gender representation report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{78AAAC2B-1A5B-4BD8-B064-3E93938F6681}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23C525B5-EAEA-4D44-B63A-F8B1B1D8DB7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="2" activeTab="2" xr2:uid="{1B372B33-262A-4354-ABAA-DF12212D22B0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{1B372B33-262A-4354-ABAA-DF12212D22B0}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="1. Group Gender Data" sheetId="7" r:id="rId2"/>
     <sheet name="2.Sector &amp; Division Gender Data" sheetId="1" r:id="rId3"/>
     <sheet name="3. Business Survey " sheetId="8" r:id="rId4"/>
     <sheet name="4. Confidentiality Agreement " sheetId="11" r:id="rId5"/>
     <sheet name="Formulas" sheetId="6" state="hidden" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301" uniqueCount="122">
   <si>
     <t>CEO Level</t>
   </si>
   <si>
     <t>Board Level Directors</t>
   </si>
   <si>
     <t xml:space="preserve">Middle Manager Level </t>
   </si>
   <si>
     <t>First Line Manager Level</t>
   </si>
   <si>
     <t xml:space="preserve">Skilled Level </t>
   </si>
   <si>
     <t xml:space="preserve">Total employee by gender </t>
   </si>
   <si>
     <t xml:space="preserve">Number of employees identifying as women at this level </t>
   </si>
   <si>
     <t xml:space="preserve">Number of employees identifying as men at this level </t>
   </si>
   <si>
@@ -1217,53 +1217,50 @@
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>– we regularly review language used, skills required, to ensure that job advertisements are more inclusive.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Total employees by gender </t>
   </si>
   <si>
     <t>Please provide your organisation's details and populate the green boxes</t>
   </si>
   <si>
     <t>In which country or countries does your organisation operate? (add all as text) If more than one, please complete the overall group data in the  table below, and provide division-level data on Sheet 3.</t>
   </si>
   <si>
     <t>Unskilled (Entry Level)</t>
   </si>
   <si>
     <t>2. Employee Data - Division Level</t>
-  </si>
-[...1 lines deleted...]
-    <t>Company logo request - would you be happy for your company logo to appear in the report</t>
   </si>
   <si>
     <t>Meat and Poultry</t>
   </si>
   <si>
     <t>Dairy or Eggs</t>
   </si>
   <si>
     <t>Bakery &amp; Baked goods</t>
   </si>
   <si>
     <t>Snacks &amp; confectionery</t>
   </si>
   <si>
     <t>Canned &amp; preserved foods</t>
   </si>
   <si>
     <t>Produce (e.g. salad, fruit, veg)</t>
   </si>
   <si>
     <t>Other</t>
   </si>
 </sst>
 </file>
 
@@ -5167,52 +5164,52 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1C1680F-32E0-415D-988D-78DA0797BA11}">
   <dimension ref="A1:H22"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="C47" sqref="C47"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="B49" sqref="B49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="24.44140625" customWidth="1"/>
     <col min="2" max="2" width="30.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.44140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="30.44140625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="61" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="61"/>
       <c r="C1" s="61"/>
       <c r="D1" s="61"/>
       <c r="E1" s="61"/>
       <c r="F1" s="61"/>
       <c r="G1" s="61"/>
       <c r="H1" s="61"/>
     </row>
     <row r="18" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="22" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
   </sheetData>
@@ -5410,51 +5407,51 @@
   <mergeCells count="1">
     <mergeCell ref="A9:A10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{70CC61EF-3946-4F78-84C1-A44D84E59287}">
           <x14:formula1>
             <xm:f>Formulas!$B$2:$B$10</xm:f>
           </x14:formula1>
           <xm:sqref>B9:E9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{659AC603-B572-4AD2-BA1D-770B10D73BED}">
   <dimension ref="A1:E198"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="63" customWidth="1"/>
     <col min="2" max="2" width="40.44140625" style="1" customWidth="1"/>
     <col min="3" max="4" width="40.44140625" customWidth="1"/>
     <col min="5" max="5" width="23.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="12"/>
@@ -6995,51 +6992,51 @@
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DD36433F-DCBA-476A-9E80-F17A8836379D}">
           <x14:formula1>
             <xm:f>Formulas!$B$2:$B$11</xm:f>
           </x14:formula1>
           <xm:sqref>C20 C6 C34 C48 C76 C90 C104 C118 C132 C146 C62 C160 C174 C188</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{077619BE-971B-482C-9CBD-30F3DD6D18D1}">
   <dimension ref="A6:C82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A15" sqref="A15"/>
+      <selection activeCell="A85" sqref="A85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="127.109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A6" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="49" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="49" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
@@ -7469,53 +7466,51 @@
         <v>98</v>
       </c>
       <c r="C77" s="45"/>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A78" s="46" t="s">
         <v>99</v>
       </c>
       <c r="C78" s="45"/>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A79" s="46" t="s">
         <v>100</v>
       </c>
       <c r="C79" s="45"/>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A80" s="42" t="s">
         <v>101</v>
       </c>
       <c r="B80" s="29"/>
       <c r="C80" s="43"/>
     </row>
     <row r="81" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="82" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A82" s="58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A82" s="58"/>
       <c r="B82" s="59"/>
       <c r="C82" s="60"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="cellIs" priority="4" operator="equal" id="{B47A8063-CA85-40EA-A0E6-BCFC34AD6A52}">
             <xm:f>Formulas!$A$4</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="0" tint="-0.24994659260841701"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="cellIs" priority="5" operator="equal" id="{DC7509DF-E2F8-4000-B772-5C2EC30E57C6}">
             <xm:f>Formulas!$A$3</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
@@ -7576,102 +7571,102 @@
     <row r="23" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AD62BF6-4CA3-4AAB-AFAF-EE8C1AD32C53}">
   <dimension ref="A2:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B7" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B9" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.3">
       <c r="B11" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>